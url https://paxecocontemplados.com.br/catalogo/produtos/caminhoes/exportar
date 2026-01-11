--- v0 (2025-11-21)
+++ v1 (2026-01-11)
@@ -414,51 +414,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:I15"/>
+  <dimension ref="A1:I20"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="15" customWidth="1" min="1" max="1"/>
     <col width="15" customWidth="1" min="2" max="2"/>
     <col width="15" customWidth="1" min="3" max="3"/>
     <col width="15" customWidth="1" min="4" max="4"/>
     <col width="15" customWidth="1" min="5" max="5"/>
     <col width="15" customWidth="1" min="6" max="6"/>
     <col width="15" customWidth="1" min="7" max="7"/>
     <col width="15" customWidth="1" min="8" max="8"/>
     <col width="15" customWidth="1" min="9" max="9"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>ID</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
@@ -482,644 +482,859 @@
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>Parcelas</t>
         </is>
       </c>
       <c r="G1" s="1" t="inlineStr">
         <is>
           <t>Valor Parcela</t>
         </is>
       </c>
       <c r="H1" s="1" t="inlineStr">
         <is>
           <t>Categoria</t>
         </is>
       </c>
       <c r="I1" s="1" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="n">
-        <v>1673</v>
+        <v>1858</v>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>bah1811255</t>
+          <t>bah0801265</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>porto seguro</t>
+          <t>bradesco</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>R$ 300.000,00</t>
+          <t>R$ 464.000,00</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>R$ 134.500,00</t>
+          <t>R$ 175.000,00</t>
         </is>
       </c>
       <c r="F2" t="n">
-        <v>63</v>
+        <v>36</v>
       </c>
       <c r="G2" t="inlineStr">
         <is>
-          <t>R$ 4.655,00</t>
+          <t>R$ 12.635,00</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
-          <t>Caminhões</t>
+          <t>Caminhões 🎆🍾</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="n">
-        <v>1672</v>
+        <v>1820</v>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>bah1811254</t>
+          <t>bah0501262</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>caixa xs5</t>
+          <t>mycon</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>R$ 905.000,00</t>
+          <t>R$ 347.505,80</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>R$ 304.500,00</t>
+          <t>R$ 114.684,00</t>
         </is>
       </c>
       <c r="F3" t="n">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="G3" t="inlineStr">
         <is>
-          <t>R$ 32.395,00</t>
+          <t>R$ 5.280,71</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
-          <t>Caminhões</t>
+          <t>Caminhões 🎆🍾</t>
         </is>
       </c>
       <c r="I3" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="n">
-        <v>1671</v>
+        <v>1819</v>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>bah1811253</t>
+          <t>bah0501261</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>caixa xs5</t>
+          <t>mycon</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>R$ 812.000,00</t>
+          <t>R$ 446.665,80</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>R$ 269.800,00</t>
+          <t>R$ 151.822,68</t>
         </is>
       </c>
       <c r="F4" t="n">
-        <v>31</v>
+        <v>74</v>
       </c>
       <c r="G4" t="inlineStr">
         <is>
-          <t>R$ 28.855,00</t>
+          <t>R$ 6.944,74</t>
         </is>
       </c>
       <c r="H4" t="inlineStr">
         <is>
-          <t>Caminhões</t>
+          <t>Caminhões 🎆🍾</t>
         </is>
       </c>
       <c r="I4" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="n">
-        <v>1670</v>
+        <v>1818</v>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>bah1811252</t>
+          <t>bah050126</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>caixa xs5</t>
+          <t>mycon</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>R$ 507.000,00</t>
+          <t>R$ 574.565,80</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>R$ 174.500,00</t>
+          <t>R$ 20.106,78</t>
         </is>
       </c>
       <c r="F5" t="n">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="G5" t="inlineStr">
         <is>
-          <t>R$ 12.860,00</t>
+          <t>R$ 8.998,60</t>
         </is>
       </c>
       <c r="H5" t="inlineStr">
         <is>
-          <t>Caminhões</t>
+          <t>Caminhões 🎆🍾</t>
         </is>
       </c>
       <c r="I5" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="n">
-        <v>1669</v>
+        <v>1774</v>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>bah1811251</t>
+          <t>bah161225</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>porto seguro</t>
+          <t>mycon</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>R$ 318.000,00</t>
+          <t>R$ 1.312.540,83</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>R$ 138.000,00</t>
+          <t>R$ 496.960,00</t>
         </is>
       </c>
       <c r="F6" t="n">
-        <v>94</v>
+        <v>49</v>
       </c>
       <c r="G6" t="inlineStr">
         <is>
-          <t>R$ 3.834,00</t>
+          <t>R$ 27.155,84</t>
         </is>
       </c>
       <c r="H6" t="inlineStr">
         <is>
-          <t>Caminhões</t>
+          <t>Caminhões 🎆🍾</t>
         </is>
       </c>
       <c r="I6" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="n">
-        <v>1648</v>
+        <v>1772</v>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>bah1111254</t>
+          <t>bah1512253</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>mycon</t>
+          <t>Disal</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>R$ 0,00</t>
+          <t>R$ 310.910,00</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>R$ 234.126,15</t>
+          <t>R$ 58.500,00</t>
         </is>
       </c>
       <c r="F7" t="n">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="G7" t="inlineStr">
         <is>
-          <t>R$ 12.782,15</t>
+          <t>R$ 6.642,00</t>
         </is>
       </c>
       <c r="H7" t="inlineStr">
         <is>
-          <t>Caminhões</t>
+          <t>Caminhões 🎆🍾</t>
         </is>
       </c>
       <c r="I7" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="n">
-        <v>1641</v>
+        <v>1771</v>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>bah1011252</t>
+          <t>bah1512252</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>disal</t>
+          <t>mycon</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>R$ 352.650,00</t>
+          <t>R$ 372.000,00</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>R$ 121.000,00</t>
+          <t>R$ 153.900,00</t>
         </is>
       </c>
       <c r="F8" t="n">
-        <v>62</v>
+        <v>94</v>
       </c>
       <c r="G8" t="inlineStr">
         <is>
-          <t>R$ 7.970,00</t>
+          <t>R$ 3.916,00</t>
         </is>
       </c>
       <c r="H8" t="inlineStr">
         <is>
-          <t>Caminhões</t>
+          <t>Caminhões 🎆🍾</t>
         </is>
       </c>
       <c r="I8" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n">
-        <v>1636</v>
+        <v>1768</v>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>bah0611255</t>
+          <t>bah1212255</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>mycon</t>
+          <t>volkswagen</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>R$ 326.869,34</t>
+          <t>R$ 610.000,00</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>R$ 111.000,00</t>
+          <t>R$ 239.000,00</t>
         </is>
       </c>
       <c r="F9" t="n">
-        <v>42</v>
+        <v>112</v>
       </c>
       <c r="G9" t="inlineStr">
         <is>
-          <t>R$ 8.537,59</t>
+          <t>R$ 5.876,00</t>
         </is>
       </c>
       <c r="H9" t="inlineStr">
         <is>
-          <t>Caminhões</t>
+          <t>Caminhões 🎆🍾</t>
         </is>
       </c>
       <c r="I9" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="n">
-        <v>1600</v>
+        <v>1762</v>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>bah3110252</t>
+          <t>val112253</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>mycon</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>R$ 542.000,00</t>
+          <t>R$ 401.583,40</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>R$ 198.000,00</t>
+          <t>R$ 151.924,36</t>
         </is>
       </c>
       <c r="F10" t="n">
-        <v>76</v>
+        <v>46</v>
       </c>
       <c r="G10" t="inlineStr">
         <is>
-          <t>R$ 80.000,00</t>
+          <t>R$ 8.969,16</t>
         </is>
       </c>
       <c r="H10" t="inlineStr">
         <is>
-          <t>Caminhões</t>
+          <t>Caminhões 🎆🍾</t>
         </is>
       </c>
       <c r="I10" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n">
-        <v>1599</v>
+        <v>1761</v>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>bah3110251</t>
+          <t>val1112252</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>mycon</t>
+          <t>Disal</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>R$ 439.000,00</t>
+          <t>R$ 220.390,00</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>R$ 160.000,00</t>
+          <t>R$ 93.990,00</t>
         </is>
       </c>
       <c r="F11" t="n">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="G11" t="inlineStr">
         <is>
-          <t>R$ 6.510,00</t>
+          <t>R$ 3.360,00</t>
         </is>
       </c>
       <c r="H11" t="inlineStr">
         <is>
-          <t>Caminhões</t>
+          <t>Caminhões 🎆🍾</t>
         </is>
       </c>
       <c r="I11" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
-        <v>1598</v>
+        <v>1734</v>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>bah311025</t>
+          <t>bah0512251</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>mycon</t>
+          <t>Scania</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>R$ 300.000,00</t>
+          <t>R$ 970.000,00</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>R$ 112.000,00</t>
+          <t>R$ 399.000,00</t>
         </is>
       </c>
       <c r="F12" t="n">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="G12" t="inlineStr">
         <is>
-          <t>R$ 4.405,00</t>
+          <t>R$ 11.910,00</t>
         </is>
       </c>
       <c r="H12" t="inlineStr">
         <is>
-          <t>Caminhões</t>
+          <t>Caminhões 🎆🍾</t>
         </is>
       </c>
       <c r="I12" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="n">
-        <v>1590</v>
+        <v>1725</v>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>bah2710257</t>
+          <t>bah0412253</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>disal</t>
+          <t>Volkswagen</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>R$ 275.000,00</t>
+          <t>R$ 392.185,50</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>R$ 99.900,00</t>
+          <t>R$ 162.000,00</t>
         </is>
       </c>
       <c r="F13" t="n">
-        <v>60</v>
+        <v>95</v>
       </c>
       <c r="G13" t="inlineStr">
         <is>
-          <t>R$ 5.598,00</t>
+          <t>R$ 4.517,80</t>
         </is>
       </c>
       <c r="H13" t="inlineStr">
         <is>
-          <t>Caminhões</t>
+          <t>Caminhões 🎆🍾</t>
         </is>
       </c>
       <c r="I13" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="n">
-        <v>1588</v>
+        <v>1724</v>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>bah2710255</t>
+          <t>bah0412251</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>Volkswagen</t>
+          <t>mycon</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>R$ 414.780,00</t>
+          <t>R$ 369.200,00</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
-          <t>R$ 167.000,00</t>
+          <t>R$ 153.900,00</t>
         </is>
       </c>
       <c r="F14" t="n">
-        <v>113</v>
+        <v>95</v>
       </c>
       <c r="G14" t="inlineStr">
         <is>
-          <t>R$ 3.876,00</t>
+          <t>R$ 3.916,06</t>
         </is>
       </c>
       <c r="H14" t="inlineStr">
         <is>
-          <t>Caminhões</t>
+          <t>Caminhões 🎆🍾</t>
         </is>
       </c>
       <c r="I14" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="n">
-        <v>1578</v>
+        <v>1692</v>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>bah2410253</t>
+          <t>bah2511251</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>âncora</t>
+          <t>volkswagen</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>R$ 364.622,00</t>
+          <t>R$ 417.730,00</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
-          <t>R$ 179.384,88</t>
+          <t>R$ 172.700,00</t>
         </is>
       </c>
       <c r="F15" t="n">
-        <v>164</v>
+        <v>113</v>
       </c>
       <c r="G15" t="inlineStr">
         <is>
-          <t>R$ 3.764,00</t>
+          <t>R$ 3.876,00</t>
         </is>
       </c>
       <c r="H15" t="inlineStr">
         <is>
-          <t>Caminhões</t>
+          <t>Caminhões 🎆🍾</t>
         </is>
       </c>
       <c r="I15" t="inlineStr">
+        <is>
+          <t>Disponível</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="n">
+        <v>1691</v>
+      </c>
+      <c r="B16" t="inlineStr">
+        <is>
+          <t>bah251125</t>
+        </is>
+      </c>
+      <c r="C16" t="inlineStr">
+        <is>
+          <t>volkswagen</t>
+        </is>
+      </c>
+      <c r="D16" t="inlineStr">
+        <is>
+          <t>R$ 387.300,00</t>
+        </is>
+      </c>
+      <c r="E16" t="inlineStr">
+        <is>
+          <t>R$ 158.990,00</t>
+        </is>
+      </c>
+      <c r="F16" t="n">
+        <v>95</v>
+      </c>
+      <c r="G16" t="inlineStr">
+        <is>
+          <t>R$ 4.295,00</t>
+        </is>
+      </c>
+      <c r="H16" t="inlineStr">
+        <is>
+          <t>Caminhões 🎆🍾</t>
+        </is>
+      </c>
+      <c r="I16" t="inlineStr">
+        <is>
+          <t>Disponível</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="n">
+        <v>1690</v>
+      </c>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>bah2411251</t>
+        </is>
+      </c>
+      <c r="C17" t="inlineStr">
+        <is>
+          <t>caixa xs5</t>
+        </is>
+      </c>
+      <c r="D17" t="inlineStr">
+        <is>
+          <t>R$ 403.000,00</t>
+        </is>
+      </c>
+      <c r="E17" t="inlineStr">
+        <is>
+          <t>R$ 164.800,00</t>
+        </is>
+      </c>
+      <c r="F17" t="n">
+        <v>57</v>
+      </c>
+      <c r="G17" t="inlineStr">
+        <is>
+          <t>R$ 6.930,00</t>
+        </is>
+      </c>
+      <c r="H17" t="inlineStr">
+        <is>
+          <t>Caminhões 🎆🍾</t>
+        </is>
+      </c>
+      <c r="I17" t="inlineStr">
+        <is>
+          <t>Disponível</t>
+        </is>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="n">
+        <v>1673</v>
+      </c>
+      <c r="B18" t="inlineStr">
+        <is>
+          <t>bah1811255</t>
+        </is>
+      </c>
+      <c r="C18" t="inlineStr">
+        <is>
+          <t>porto seguro</t>
+        </is>
+      </c>
+      <c r="D18" t="inlineStr">
+        <is>
+          <t>R$ 300.000,00</t>
+        </is>
+      </c>
+      <c r="E18" t="inlineStr">
+        <is>
+          <t>R$ 134.500,00</t>
+        </is>
+      </c>
+      <c r="F18" t="n">
+        <v>63</v>
+      </c>
+      <c r="G18" t="inlineStr">
+        <is>
+          <t>R$ 4.655,00</t>
+        </is>
+      </c>
+      <c r="H18" t="inlineStr">
+        <is>
+          <t>Caminhões 🎆🍾</t>
+        </is>
+      </c>
+      <c r="I18" t="inlineStr">
+        <is>
+          <t>Disponível</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="n">
+        <v>1672</v>
+      </c>
+      <c r="B19" t="inlineStr">
+        <is>
+          <t>bah1811254</t>
+        </is>
+      </c>
+      <c r="C19" t="inlineStr">
+        <is>
+          <t>caixa xs5</t>
+        </is>
+      </c>
+      <c r="D19" t="inlineStr">
+        <is>
+          <t>R$ 905.000,00</t>
+        </is>
+      </c>
+      <c r="E19" t="inlineStr">
+        <is>
+          <t>R$ 304.500,00</t>
+        </is>
+      </c>
+      <c r="F19" t="n">
+        <v>31</v>
+      </c>
+      <c r="G19" t="inlineStr">
+        <is>
+          <t>R$ 32.395,00</t>
+        </is>
+      </c>
+      <c r="H19" t="inlineStr">
+        <is>
+          <t>Caminhões 🎆🍾</t>
+        </is>
+      </c>
+      <c r="I19" t="inlineStr">
+        <is>
+          <t>Disponível</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="n">
+        <v>1671</v>
+      </c>
+      <c r="B20" t="inlineStr">
+        <is>
+          <t>bah1811253</t>
+        </is>
+      </c>
+      <c r="C20" t="inlineStr">
+        <is>
+          <t>caixa xs5</t>
+        </is>
+      </c>
+      <c r="D20" t="inlineStr">
+        <is>
+          <t>R$ 812.000,00</t>
+        </is>
+      </c>
+      <c r="E20" t="inlineStr">
+        <is>
+          <t>R$ 269.800,00</t>
+        </is>
+      </c>
+      <c r="F20" t="n">
+        <v>31</v>
+      </c>
+      <c r="G20" t="inlineStr">
+        <is>
+          <t>R$ 28.855,00</t>
+        </is>
+      </c>
+      <c r="H20" t="inlineStr">
+        <is>
+          <t>Caminhões 🎆🍾</t>
+        </is>
+      </c>
+      <c r="I20" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>