--- v0 (2025-11-21)
+++ v1 (2026-01-11)
@@ -414,51 +414,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:I19"/>
+  <dimension ref="A1:I22"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="15" customWidth="1" min="1" max="1"/>
     <col width="15" customWidth="1" min="2" max="2"/>
     <col width="15" customWidth="1" min="3" max="3"/>
     <col width="15" customWidth="1" min="4" max="4"/>
     <col width="15" customWidth="1" min="5" max="5"/>
     <col width="15" customWidth="1" min="6" max="6"/>
     <col width="15" customWidth="1" min="7" max="7"/>
     <col width="15" customWidth="1" min="8" max="8"/>
     <col width="15" customWidth="1" min="9" max="9"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>ID</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
@@ -482,816 +482,945 @@
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>Parcelas</t>
         </is>
       </c>
       <c r="G1" s="1" t="inlineStr">
         <is>
           <t>Valor Parcela</t>
         </is>
       </c>
       <c r="H1" s="1" t="inlineStr">
         <is>
           <t>Categoria</t>
         </is>
       </c>
       <c r="I1" s="1" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="n">
-        <v>1678</v>
+        <v>1865</v>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>bah1911253</t>
+          <t>bah0901265</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>CNP</t>
+          <t>remaza</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>R$ 108.233,91</t>
+          <t>R$ 745.000,00</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>R$ 32.500,00</t>
+          <t>R$ 319.900,00</t>
         </is>
       </c>
       <c r="F2" t="n">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="G2" t="inlineStr">
         <is>
-          <t>R$ 1.510,04</t>
+          <t>R$ 7.765,00</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
-          <t>Imóveis</t>
+          <t>Imóveis 🎆🍾</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="n">
-        <v>1677</v>
+        <v>1862</v>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>bah1911252</t>
+          <t>bah090125</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>EMBRACON</t>
+          <t>Santander</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>R$ 1.000.000,00</t>
+          <t>R$ 373.882,00</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>R$ 41.900,00</t>
+          <t>R$ 175.700,00</t>
         </is>
       </c>
       <c r="F3" t="n">
-        <v>238</v>
+        <v>166</v>
       </c>
       <c r="G3" t="inlineStr">
         <is>
-          <t>R$ 5.339,90</t>
+          <t>R$ 2.429,00</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
-          <t>Imóveis</t>
+          <t>Imóveis 🎆🍾</t>
         </is>
       </c>
       <c r="I3" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="n">
-        <v>1676</v>
+        <v>1861</v>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>bah191125</t>
+          <t>bah0801268</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>maggi</t>
+          <t>EMBRACON</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>R$ 400.000,00</t>
+          <t>R$ 408.600,00</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>R$ 131.990,00</t>
+          <t>R$ 222.000,00</t>
         </is>
       </c>
       <c r="F4" t="n">
-        <v>215</v>
+        <v>56</v>
       </c>
       <c r="G4" t="inlineStr">
         <is>
-          <t>R$ 2.589,81</t>
+          <t>R$ 4.411,00</t>
         </is>
       </c>
       <c r="H4" t="inlineStr">
         <is>
-          <t>Imóveis</t>
+          <t>Imóveis 🎆🍾</t>
         </is>
       </c>
       <c r="I4" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="n">
-        <v>1675</v>
+        <v>1860</v>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>bah1811258</t>
+          <t>bah08012667</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>porto seguro</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>R$ 302.990,00</t>
+          <t>R$ 374.000,00</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>R$ 144.900,00</t>
+          <t>R$ 195.900,00</t>
         </is>
       </c>
       <c r="F5" t="n">
-        <v>198</v>
+        <v>128</v>
       </c>
       <c r="G5" t="inlineStr">
         <is>
-          <t>R$ 1.795,00</t>
+          <t>R$ 2.618,00</t>
         </is>
       </c>
       <c r="H5" t="inlineStr">
         <is>
-          <t>Imóveis</t>
+          <t>Imóveis 🎆🍾</t>
         </is>
       </c>
       <c r="I5" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="n">
-        <v>1668</v>
+        <v>1859</v>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>bah181125</t>
+          <t>bah0801267</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>HS</t>
+          <t>reserva</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>R$ 122.000,00</t>
+          <t>R$ 164.800,00</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>R$ 57.000,00</t>
+          <t>R$ 53.900,00</t>
         </is>
       </c>
       <c r="F6" t="n">
-        <v>120</v>
+        <v>148</v>
       </c>
       <c r="G6" t="inlineStr">
         <is>
-          <t>R$ 1.100,00</t>
+          <t>R$ 1.635,35</t>
         </is>
       </c>
       <c r="H6" t="inlineStr">
         <is>
-          <t>Imóveis</t>
+          <t>Imóveis 🎆🍾</t>
         </is>
       </c>
       <c r="I6" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="n">
-        <v>1666</v>
+        <v>1848</v>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>bah1711255</t>
+          <t>bah070120264</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>CNP</t>
+          <t>itaú</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>R$ 209.000,00</t>
+          <t>R$ 95.334,25</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>R$ 85.900,00</t>
+          <t>R$ 34.500,00</t>
         </is>
       </c>
       <c r="F7" t="n">
-        <v>86</v>
+        <v>30</v>
       </c>
       <c r="G7" t="inlineStr">
         <is>
-          <t>R$ 2.852,00</t>
+          <t>R$ 3.538,10</t>
         </is>
       </c>
       <c r="H7" t="inlineStr">
         <is>
-          <t>Imóveis</t>
+          <t>Imóveis 🎆🍾</t>
         </is>
       </c>
       <c r="I7" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="n">
-        <v>1665</v>
+        <v>1847</v>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>bah1711253</t>
+          <t>bah070120263</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>rodobens</t>
+          <t>magalu</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>R$ 500.000,00</t>
+          <t>R$ 315.000,00</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>R$ 236.900,00</t>
+          <t>R$ 137.748,00</t>
         </is>
       </c>
       <c r="F8" t="n">
-        <v>214</v>
+        <v>115</v>
       </c>
       <c r="G8" t="inlineStr">
         <is>
-          <t>R$ 2.843,00</t>
+          <t>R$ 2.948,00</t>
         </is>
       </c>
       <c r="H8" t="inlineStr">
         <is>
-          <t>Imóveis</t>
+          <t>Imóveis 🎆🍾</t>
         </is>
       </c>
       <c r="I8" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n">
-        <v>1658</v>
+        <v>1846</v>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>mog1211252</t>
+          <t>bah070120262</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>Alpha</t>
+          <t>remaza</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>R$ 215.290,00</t>
+          <t>R$ 740.000,00</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>R$ 82.990,00</t>
+          <t>R$ 318.000,00</t>
         </is>
       </c>
       <c r="F9" t="n">
-        <v>141</v>
+        <v>98</v>
       </c>
       <c r="G9" t="inlineStr">
         <is>
-          <t>R$ 2.550,12</t>
+          <t>R$ 7.765,00</t>
         </is>
       </c>
       <c r="H9" t="inlineStr">
         <is>
-          <t>Imóveis</t>
+          <t>Imóveis 🎆🍾</t>
         </is>
       </c>
       <c r="I9" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="n">
-        <v>1654</v>
+        <v>1845</v>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>bah1211253</t>
+          <t>bah07012026</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>unifisa</t>
+          <t>itaú</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>R$ 250.200,00</t>
+          <t>R$ 146.400,00</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>R$ 131.500,00</t>
+          <t>R$ 39.000,00</t>
         </is>
       </c>
       <c r="F10" t="n">
-        <v>85</v>
+        <v>23</v>
       </c>
       <c r="G10" t="inlineStr">
         <is>
-          <t>R$ 2.263,00</t>
+          <t>R$ 6.004,56</t>
         </is>
       </c>
       <c r="H10" t="inlineStr">
         <is>
-          <t>Imóveis</t>
+          <t>Imóveis 🎆🍾</t>
         </is>
       </c>
       <c r="I10" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n">
-        <v>1653</v>
+        <v>1839</v>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>bah1211252</t>
+          <t>pif07012603</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>mycon</t>
+          <t>Porto Seguro</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>R$ 469.000,00</t>
+          <t>R$ 204.000,00</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>R$ 196.000,00</t>
+          <t>R$ 101.900,00</t>
         </is>
       </c>
       <c r="F11" t="n">
-        <v>122</v>
+        <v>196</v>
       </c>
       <c r="G11" t="inlineStr">
         <is>
-          <t>R$ 3.998,00</t>
+          <t>R$ 1.246,41</t>
         </is>
       </c>
       <c r="H11" t="inlineStr">
         <is>
-          <t>Imóveis</t>
+          <t>Imóveis 🎆🍾</t>
         </is>
       </c>
       <c r="I11" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
-        <v>1652</v>
+        <v>1838</v>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>mog121125</t>
+          <t>pif07012602</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>disal</t>
+          <t>Porto Seguro</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>R$ 274.000,00</t>
+          <t>R$ 102.600,00</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>R$ 121.900,00</t>
+          <t>R$ 53.900,00</t>
         </is>
       </c>
       <c r="F12" t="n">
-        <v>219</v>
+        <v>195</v>
       </c>
       <c r="G12" t="inlineStr">
         <is>
-          <t>R$ 1.780,00</t>
+          <t>R$ 621,73</t>
         </is>
       </c>
       <c r="H12" t="inlineStr">
         <is>
-          <t>Imóveis</t>
+          <t>Imóveis 🎆🍾</t>
         </is>
       </c>
       <c r="I12" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="n">
-        <v>1651</v>
+        <v>1837</v>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>bah1111255</t>
+          <t>pif07012601</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>yamaha</t>
+          <t>Porto Seguro</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>R$ 320.300,00</t>
+          <t>R$ 99.600,00</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>R$ 146.900,00</t>
+          <t>R$ 52.900,00</t>
         </is>
       </c>
       <c r="F13" t="n">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="G13" t="inlineStr">
         <is>
-          <t>R$ 1.585,20</t>
+          <t>R$ 432,98</t>
         </is>
       </c>
       <c r="H13" t="inlineStr">
         <is>
-          <t>Imóveis</t>
+          <t>Imóveis 🎆🍾</t>
         </is>
       </c>
       <c r="I13" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="n">
-        <v>1644</v>
+        <v>1834</v>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>bah1011255</t>
+          <t>bah0601255</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>disal</t>
+          <t>bradesco</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>R$ 273.000,00</t>
+          <t>R$ 600.000,00</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
-          <t>R$ 100.600,00</t>
+          <t>R$ 266.900,00</t>
         </is>
       </c>
       <c r="F14" t="n">
-        <v>164</v>
+        <v>176</v>
       </c>
       <c r="G14" t="inlineStr">
         <is>
-          <t>R$ 2.309,00</t>
+          <t>R$ 4.159,00</t>
         </is>
       </c>
       <c r="H14" t="inlineStr">
         <is>
-          <t>Imóveis</t>
+          <t>Imóveis 🎆🍾</t>
         </is>
       </c>
       <c r="I14" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="n">
-        <v>1638</v>
+        <v>1833</v>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>bah0611257</t>
+          <t>bah0601254</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>magalu</t>
+          <t>remaza</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>R$ 100.251,00</t>
+          <t>R$ 800.000,00</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
-          <t>R$ 48.400,00</t>
+          <t>R$ 277.000,00</t>
         </is>
       </c>
       <c r="F15" t="n">
-        <v>83</v>
+        <v>62</v>
       </c>
       <c r="G15" t="inlineStr">
         <is>
-          <t>R$ 1.379,00</t>
+          <t>R$ 12.195,00</t>
         </is>
       </c>
       <c r="H15" t="inlineStr">
         <is>
-          <t>Imóveis</t>
+          <t>Imóveis 🎆🍾</t>
         </is>
       </c>
       <c r="I15" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
-        <v>1630</v>
+        <v>1829</v>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>bah05112511</t>
+          <t>val060125</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>EMBRACON</t>
+          <t>união</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>R$ 222.000,00</t>
+          <t>R$ 332.000,00</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
-          <t>R$ 86.900,00</t>
+          <t>R$ 143.000,00</t>
         </is>
       </c>
       <c r="F16" t="n">
-        <v>189</v>
+        <v>150</v>
       </c>
       <c r="G16" t="inlineStr">
         <is>
-          <t>R$ 1.530,30</t>
+          <t>R$ 2.715,00</t>
         </is>
       </c>
       <c r="H16" t="inlineStr">
         <is>
-          <t>Imóveis</t>
+          <t>Imóveis 🎆🍾</t>
         </is>
       </c>
       <c r="I16" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
-        <v>1629</v>
+        <v>1824</v>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>bah05112510</t>
+          <t>bah0501266</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>SERVOPA</t>
+          <t>CNP</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>R$ 150.000,00</t>
+          <t>R$ 115.872,93</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
-          <t>R$ 60.900,00</t>
+          <t>R$ 64.157,53</t>
         </is>
       </c>
       <c r="F17" t="n">
-        <v>239</v>
+        <v>128</v>
       </c>
       <c r="G17" t="inlineStr">
         <is>
-          <t>R$ 787,20</t>
+          <t>R$ 657,53</t>
         </is>
       </c>
       <c r="H17" t="inlineStr">
         <is>
-          <t>Imóveis</t>
+          <t>Imóveis 🎆🍾</t>
         </is>
       </c>
       <c r="I17" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
-        <v>1625</v>
+        <v>1823</v>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>bah0511255</t>
+          <t>bah0501265</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>mycon</t>
+          <t>CNP</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>R$ 332.261,50</t>
+          <t>R$ 100.000,00</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
-          <t>R$ 152.700,00</t>
+          <t>R$ 45.950,00</t>
         </is>
       </c>
       <c r="F18" t="n">
-        <v>153</v>
+        <v>172</v>
       </c>
       <c r="G18" t="inlineStr">
         <is>
-          <t>R$ 2.663,00</t>
+          <t>R$ 750,00</t>
         </is>
       </c>
       <c r="H18" t="inlineStr">
         <is>
-          <t>Imóveis</t>
+          <t>Imóveis 🎆🍾</t>
         </is>
       </c>
       <c r="I18" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
-        <v>1624</v>
+        <v>1816</v>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>bah0511254</t>
+          <t>bah22122514</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>itaú</t>
+          <t>Racon</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>R$ 438.700,00</t>
+          <t>R$ 516.000,00</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
-          <t>R$ 216.900,00</t>
+          <t>R$ 131.000,00</t>
         </is>
       </c>
       <c r="F19" t="n">
-        <v>203</v>
+        <v>41</v>
       </c>
       <c r="G19" t="inlineStr">
         <is>
-          <t>R$ 2.508,16</t>
+          <t>R$ 16.577,75</t>
         </is>
       </c>
       <c r="H19" t="inlineStr">
         <is>
-          <t>Imóveis</t>
+          <t>Imóveis 🎆🍾</t>
         </is>
       </c>
       <c r="I19" t="inlineStr">
+        <is>
+          <t>Disponível</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="n">
+        <v>1815</v>
+      </c>
+      <c r="B20" t="inlineStr">
+        <is>
+          <t>bah22122513</t>
+        </is>
+      </c>
+      <c r="C20" t="inlineStr">
+        <is>
+          <t>primo rossi</t>
+        </is>
+      </c>
+      <c r="D20" t="inlineStr">
+        <is>
+          <t>R$ 300.716,00</t>
+        </is>
+      </c>
+      <c r="E20" t="inlineStr">
+        <is>
+          <t>R$ 125.000,00</t>
+        </is>
+      </c>
+      <c r="F20" t="n">
+        <v>169</v>
+      </c>
+      <c r="G20" t="inlineStr">
+        <is>
+          <t>R$ 2.438,00</t>
+        </is>
+      </c>
+      <c r="H20" t="inlineStr">
+        <is>
+          <t>Imóveis 🎆🍾</t>
+        </is>
+      </c>
+      <c r="I20" t="inlineStr">
+        <is>
+          <t>Disponível</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="n">
+        <v>1802</v>
+      </c>
+      <c r="B21" t="inlineStr">
+        <is>
+          <t>bah1812259</t>
+        </is>
+      </c>
+      <c r="C21" t="inlineStr">
+        <is>
+          <t>bradesco</t>
+        </is>
+      </c>
+      <c r="D21" t="inlineStr">
+        <is>
+          <t>R$ 405.000,00</t>
+        </is>
+      </c>
+      <c r="E21" t="inlineStr">
+        <is>
+          <t>R$ 184.065,00</t>
+        </is>
+      </c>
+      <c r="F21" t="n">
+        <v>182</v>
+      </c>
+      <c r="G21" t="inlineStr">
+        <is>
+          <t>R$ 2.174,83</t>
+        </is>
+      </c>
+      <c r="H21" t="inlineStr">
+        <is>
+          <t>Imóveis 🎆🍾</t>
+        </is>
+      </c>
+      <c r="I21" t="inlineStr">
+        <is>
+          <t>Disponível</t>
+        </is>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="n">
+        <v>1801</v>
+      </c>
+      <c r="B22" t="inlineStr">
+        <is>
+          <t>bah1812257</t>
+        </is>
+      </c>
+      <c r="C22" t="inlineStr">
+        <is>
+          <t>banco do brasil</t>
+        </is>
+      </c>
+      <c r="D22" t="inlineStr">
+        <is>
+          <t>R$ 558.000,00</t>
+        </is>
+      </c>
+      <c r="E22" t="inlineStr">
+        <is>
+          <t>R$ 279.000,00</t>
+        </is>
+      </c>
+      <c r="F22" t="n">
+        <v>208</v>
+      </c>
+      <c r="G22" t="inlineStr">
+        <is>
+          <t>R$ 2.747,06</t>
+        </is>
+      </c>
+      <c r="H22" t="inlineStr">
+        <is>
+          <t>Imóveis 🎆🍾</t>
+        </is>
+      </c>
+      <c r="I22" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>