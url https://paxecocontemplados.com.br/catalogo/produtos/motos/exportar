--- v0 (2025-11-21)
+++ v1 (2026-01-11)
@@ -414,51 +414,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:I7"/>
+  <dimension ref="A1:I13"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="15" customWidth="1" min="1" max="1"/>
     <col width="15" customWidth="1" min="2" max="2"/>
     <col width="15" customWidth="1" min="3" max="3"/>
     <col width="15" customWidth="1" min="4" max="4"/>
     <col width="15" customWidth="1" min="5" max="5"/>
     <col width="15" customWidth="1" min="6" max="6"/>
     <col width="15" customWidth="1" min="7" max="7"/>
     <col width="15" customWidth="1" min="8" max="8"/>
     <col width="15" customWidth="1" min="9" max="9"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>ID</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
@@ -482,300 +482,558 @@
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>Parcelas</t>
         </is>
       </c>
       <c r="G1" s="1" t="inlineStr">
         <is>
           <t>Valor Parcela</t>
         </is>
       </c>
       <c r="H1" s="1" t="inlineStr">
         <is>
           <t>Categoria</t>
         </is>
       </c>
       <c r="I1" s="1" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="n">
-        <v>1646</v>
+        <v>1808</v>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>bah1111252</t>
+          <t>bah2212257</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>mycon</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>R$ 23.500,00</t>
+          <t>R$ 25.400,00</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>R$ 13.000,00</t>
+          <t>R$ 11.900,00</t>
         </is>
       </c>
       <c r="F2" t="n">
-        <v>56</v>
+        <v>73</v>
       </c>
       <c r="G2" t="inlineStr">
         <is>
-          <t>R$ 484,00</t>
+          <t>R$ 353,00</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
-          <t>Motos</t>
+          <t>Motos 🎆🍾</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="n">
-        <v>1575</v>
+        <v>1807</v>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>bah2310252</t>
+          <t>bah2212255</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>Itaú</t>
+          <t>mycon</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>R$ 22.642,00</t>
+          <t>R$ 24.600,00</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>R$ 6.500,00</t>
+          <t>R$ 10.900,00</t>
         </is>
       </c>
       <c r="F3" t="n">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="G3" t="inlineStr">
         <is>
-          <t>R$ 1.002,95</t>
+          <t>R$ 540,00</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
-          <t>Motos</t>
+          <t>Motos 🎆🍾</t>
         </is>
       </c>
       <c r="I3" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="n">
-        <v>1552</v>
+        <v>1745</v>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>bah1610254</t>
+          <t>bah09122510</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>mycon</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>R$ 16.000,00</t>
+          <t>R$ 13.500,00</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>R$ 8.800,00</t>
+          <t>R$ 4.961,96</t>
         </is>
       </c>
       <c r="F4" t="n">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="G4" t="inlineStr">
         <is>
-          <t>R$ 357,00</t>
+          <t>R$ 381,60</t>
         </is>
       </c>
       <c r="H4" t="inlineStr">
         <is>
-          <t>Motos</t>
+          <t>Motos 🎆🍾</t>
         </is>
       </c>
       <c r="I4" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="n">
-        <v>1525</v>
+        <v>1744</v>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>bah1310253</t>
+          <t>bah0912259</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>servopa</t>
+          <t>mycon</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>R$ 30.915,00</t>
+          <t>R$ 16.000,00</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>R$ 13.439,00</t>
+          <t>R$ 7.600,00</t>
         </is>
       </c>
       <c r="F5" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="G5" t="inlineStr">
         <is>
-          <t>R$ 735,92</t>
+          <t>R$ 374,14</t>
         </is>
       </c>
       <c r="H5" t="inlineStr">
         <is>
-          <t>Motos</t>
+          <t>Motos 🎆🍾</t>
         </is>
       </c>
       <c r="I5" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="n">
-        <v>1510</v>
+        <v>1698</v>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>bah0910252</t>
+          <t>BAH2711254</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>itaú</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>R$ 36.200,00</t>
+          <t>R$ 20.900,00</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>R$ 14.900,00</t>
+          <t>R$ 7.900,00</t>
         </is>
       </c>
       <c r="F6" t="n">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="G6" t="inlineStr">
         <is>
-          <t>R$ 1.114,93</t>
+          <t>R$ 805,00</t>
         </is>
       </c>
       <c r="H6" t="inlineStr">
         <is>
-          <t>Motos</t>
+          <t>Motos 🎆🍾</t>
         </is>
       </c>
       <c r="I6" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="n">
+        <v>1697</v>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>BAH2711253</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr">
+        <is>
+          <t>itaú</t>
+        </is>
+      </c>
+      <c r="D7" t="inlineStr">
+        <is>
+          <t>R$ 0,00</t>
+        </is>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>R$ 7.700,00</t>
+        </is>
+      </c>
+      <c r="F7" t="n">
+        <v>30</v>
+      </c>
+      <c r="G7" t="inlineStr">
+        <is>
+          <t>R$ 704,68</t>
+        </is>
+      </c>
+      <c r="H7" t="inlineStr">
+        <is>
+          <t>Motos 🎆🍾</t>
+        </is>
+      </c>
+      <c r="I7" t="inlineStr">
+        <is>
+          <t>Disponível</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="n">
+        <v>1646</v>
+      </c>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>bah1111252</t>
+        </is>
+      </c>
+      <c r="C8" t="inlineStr">
+        <is>
+          <t>mycon</t>
+        </is>
+      </c>
+      <c r="D8" t="inlineStr">
+        <is>
+          <t>R$ 23.500,00</t>
+        </is>
+      </c>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t>R$ 13.000,00</t>
+        </is>
+      </c>
+      <c r="F8" t="n">
+        <v>56</v>
+      </c>
+      <c r="G8" t="inlineStr">
+        <is>
+          <t>R$ 484,00</t>
+        </is>
+      </c>
+      <c r="H8" t="inlineStr">
+        <is>
+          <t>Motos 🎆🍾</t>
+        </is>
+      </c>
+      <c r="I8" t="inlineStr">
+        <is>
+          <t>Disponível</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="n">
+        <v>1575</v>
+      </c>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>bah2310252</t>
+        </is>
+      </c>
+      <c r="C9" t="inlineStr">
+        <is>
+          <t>Itaú</t>
+        </is>
+      </c>
+      <c r="D9" t="inlineStr">
+        <is>
+          <t>R$ 22.642,00</t>
+        </is>
+      </c>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>R$ 6.500,00</t>
+        </is>
+      </c>
+      <c r="F9" t="n">
+        <v>27</v>
+      </c>
+      <c r="G9" t="inlineStr">
+        <is>
+          <t>R$ 1.002,95</t>
+        </is>
+      </c>
+      <c r="H9" t="inlineStr">
+        <is>
+          <t>Motos 🎆🍾</t>
+        </is>
+      </c>
+      <c r="I9" t="inlineStr">
+        <is>
+          <t>Disponível</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="n">
+        <v>1552</v>
+      </c>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>bah1610254</t>
+        </is>
+      </c>
+      <c r="C10" t="inlineStr">
+        <is>
+          <t>mycon</t>
+        </is>
+      </c>
+      <c r="D10" t="inlineStr">
+        <is>
+          <t>R$ 16.000,00</t>
+        </is>
+      </c>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>R$ 8.800,00</t>
+        </is>
+      </c>
+      <c r="F10" t="n">
+        <v>52</v>
+      </c>
+      <c r="G10" t="inlineStr">
+        <is>
+          <t>R$ 357,00</t>
+        </is>
+      </c>
+      <c r="H10" t="inlineStr">
+        <is>
+          <t>Motos 🎆🍾</t>
+        </is>
+      </c>
+      <c r="I10" t="inlineStr">
+        <is>
+          <t>Disponível</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="n">
+        <v>1525</v>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>bah1310253</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr">
+        <is>
+          <t>servopa</t>
+        </is>
+      </c>
+      <c r="D11" t="inlineStr">
+        <is>
+          <t>R$ 30.915,00</t>
+        </is>
+      </c>
+      <c r="E11" t="inlineStr">
+        <is>
+          <t>R$ 13.439,00</t>
+        </is>
+      </c>
+      <c r="F11" t="n">
+        <v>49</v>
+      </c>
+      <c r="G11" t="inlineStr">
+        <is>
+          <t>R$ 735,92</t>
+        </is>
+      </c>
+      <c r="H11" t="inlineStr">
+        <is>
+          <t>Motos 🎆🍾</t>
+        </is>
+      </c>
+      <c r="I11" t="inlineStr">
+        <is>
+          <t>Disponível</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="n">
+        <v>1510</v>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>bah0910252</t>
+        </is>
+      </c>
+      <c r="C12" t="inlineStr">
+        <is>
+          <t>itaú</t>
+        </is>
+      </c>
+      <c r="D12" t="inlineStr">
+        <is>
+          <t>R$ 36.200,00</t>
+        </is>
+      </c>
+      <c r="E12" t="inlineStr">
+        <is>
+          <t>R$ 14.900,00</t>
+        </is>
+      </c>
+      <c r="F12" t="n">
+        <v>39</v>
+      </c>
+      <c r="G12" t="inlineStr">
+        <is>
+          <t>R$ 1.114,93</t>
+        </is>
+      </c>
+      <c r="H12" t="inlineStr">
+        <is>
+          <t>Motos 🎆🍾</t>
+        </is>
+      </c>
+      <c r="I12" t="inlineStr">
+        <is>
+          <t>Disponível</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="n">
         <v>1509</v>
       </c>
-      <c r="B7" t="inlineStr">
+      <c r="B13" t="inlineStr">
         <is>
           <t>bah0910251</t>
         </is>
       </c>
-      <c r="C7" t="inlineStr">
+      <c r="C13" t="inlineStr">
         <is>
           <t>Itaú</t>
         </is>
       </c>
-      <c r="D7" t="inlineStr">
+      <c r="D13" t="inlineStr">
         <is>
           <t>R$ 30.600,00</t>
         </is>
       </c>
-      <c r="E7" t="inlineStr">
+      <c r="E13" t="inlineStr">
         <is>
           <t>R$ 12.300,00</t>
         </is>
       </c>
-      <c r="F7" t="n">
+      <c r="F13" t="n">
         <v>31</v>
       </c>
-      <c r="G7" t="inlineStr">
+      <c r="G13" t="inlineStr">
         <is>
           <t>R$ 1.072,54</t>
         </is>
       </c>
-      <c r="H7" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I7" t="inlineStr">
+      <c r="H13" t="inlineStr">
+        <is>
+          <t>Motos 🎆🍾</t>
+        </is>
+      </c>
+      <c r="I13" t="inlineStr">
         <is>
           <t>Disponível</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>